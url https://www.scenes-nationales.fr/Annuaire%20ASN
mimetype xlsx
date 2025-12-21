--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export annuaires" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="539">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="540">
   <si>
     <t>Nom de la Scène nationale</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Direction 2</t>
   </si>
   <si>
     <t>Adresse postale</t>
   </si>
   <si>
     <t>Adresse postale (suite)</t>
   </si>
   <si>
     <t>Code postal</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Email administration</t>
   </si>
   <si>
@@ -476,50 +476,53 @@
   <si>
     <t>L'Empreinte - Scène nationale de Brive-Tulle</t>
   </si>
   <si>
     <t>Brive la Gaillarde</t>
   </si>
   <si>
     <t>Nicolas Blanc</t>
   </si>
   <si>
     <t>Place Aristide Briand</t>
   </si>
   <si>
     <t>Corrèze (19)</t>
   </si>
   <si>
     <t>contact@sn-lempreinte.fr</t>
   </si>
   <si>
     <t>Le Channel - Scène nationale de Calais</t>
   </si>
   <si>
     <t>Calais</t>
   </si>
   <si>
+    <t>Sophie  Mugnier</t>
+  </si>
+  <si>
     <t>173 boulevard Gambetta</t>
   </si>
   <si>
     <t>Pas-de-Calais (62)</t>
   </si>
   <si>
     <t>lechannel@lechannel.org</t>
   </si>
   <si>
     <t>La Garance - Scène nationale de Cavaillon</t>
   </si>
   <si>
     <t>Cavaillon</t>
   </si>
   <si>
     <t>Chloé Tournier</t>
   </si>
   <si>
     <t>Rue du Languedoc</t>
   </si>
   <si>
     <t>BP 10205</t>
   </si>
   <si>
     <t>Cavaillon Cedex</t>
@@ -1571,51 +1574,51 @@
   <si>
     <t>Grand Hôtel – Place de la Liberté</t>
   </si>
   <si>
     <t>Var (83)</t>
   </si>
   <si>
     <t>info@chateauvallon-liberte.fr</t>
   </si>
   <si>
     <t>LUX Scène nationale</t>
   </si>
   <si>
     <t>Valence</t>
   </si>
   <si>
     <t>Catherine Rossi Batôt</t>
   </si>
   <si>
     <t>36, boulevard du Général de Gaulle</t>
   </si>
   <si>
     <t>Drôme (26)</t>
   </si>
   <si>
-    <t>Le Phénix - Scène nationale Valenciennes Pôle européen de création</t>
+    <t>Le Phénix - Scène nationale Valenciennes Pôle international de production et de diffusion</t>
   </si>
   <si>
     <t>Valenciennes</t>
   </si>
   <si>
     <t>Romaric Daurier</t>
   </si>
   <si>
     <t>Boulevard Harpignies</t>
   </si>
   <si>
     <t>BP 39</t>
   </si>
   <si>
     <t>Valenciennes Cedex</t>
   </si>
   <si>
     <t>contact@lephenix.fr</t>
   </si>
   <si>
     <t>CCAM / Scène Nationale de Vandœuvre</t>
   </si>
   <si>
     <t>Vandœuvre-lès-Nancy</t>
   </si>
@@ -2005,51 +2008,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="101.404" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="106.117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="49.417" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
@@ -2614,1655 +2617,1657 @@
       </c>
       <c r="D21" s="1" t="s">
         <v>149</v>
       </c>
       <c r="E21" s="1"/>
       <c r="F21" s="1">
         <v>19100</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>147</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>150</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1" t="s">
         <v>152</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>153</v>
       </c>
-      <c r="C22" s="1"/>
+      <c r="C22" s="1" t="s">
+        <v>154</v>
+      </c>
       <c r="D22" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="E22" s="1"/>
       <c r="F22" s="1">
         <v>62100</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F23" s="1">
         <v>84306</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="E24" s="1"/>
       <c r="F24" s="1">
         <v>95000</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H24" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25" s="1" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="F25" s="1">
         <v>71102</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26" s="1" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E26" s="1"/>
       <c r="F26" s="1">
         <v>51000</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27" s="1" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F27" s="1">
         <v>73001</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E28" s="1"/>
       <c r="F28" s="1" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H28" s="1" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F29" s="1">
         <v>53203</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="F30" s="1">
         <v>36000</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F31" s="1">
         <v>50100</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32" s="1" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F32" s="1">
         <v>63038</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="E33" s="1"/>
       <c r="F33" s="1">
         <v>94000</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="E34" s="1"/>
       <c r="F34" s="1">
         <v>76200</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="1" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F35" s="1">
         <v>59376</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F36" s="1">
         <v>27007</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E37" s="1"/>
       <c r="F37" s="1">
         <v>91000</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="E38" s="1"/>
       <c r="F38" s="1" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H38" s="1" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="F39" s="1">
         <v>57603</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E40" s="1"/>
       <c r="F40" s="1">
         <v>97200</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E41" s="1"/>
       <c r="F41" s="1" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="F42" s="1">
         <v>38034</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H42" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F43" s="1">
         <v>65421</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F44" s="1">
         <v>85000</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B45" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E45" s="1"/>
       <c r="F45" s="1">
         <v>17025</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="F46" s="1">
         <v>71201</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F47" s="1">
         <v>76063</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I47" s="1"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1">
         <v>72000</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F49" s="1">
         <v>77127</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="E50" s="1"/>
       <c r="F50" s="1">
         <v>39000</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F51" s="1">
         <v>62750</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="1" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="E52" s="1"/>
       <c r="F52" s="1">
         <v>71000</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I52" s="1"/>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="E53" s="1"/>
       <c r="F53" s="1">
         <v>92240</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="H53" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F54" s="1">
         <v>13311</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="I54" s="1"/>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="E55" s="1"/>
       <c r="F55" s="1">
         <v>13500</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="B56" s="1" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F56" s="1">
         <v>59602</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B57" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="E57" s="1"/>
       <c r="F57" s="1">
         <v>38240</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="1" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="E58" s="1" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="F58" s="1">
         <v>25200</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>106</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="E59" s="1"/>
       <c r="F59" s="1">
         <v>68090</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="I59" s="1"/>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="B60" s="1" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="E60" s="1" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="F60" s="1">
         <v>44013</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="H60" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="B61" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E61" s="1"/>
       <c r="F61" s="1">
         <v>11100</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="B62" s="1" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="F62" s="1">
         <v>79025</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H62" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="1" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B63" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="E63" s="1"/>
       <c r="F63" s="1">
         <v>77186</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="1" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="E64" s="1"/>
       <c r="F64" s="1">
         <v>45000</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="1" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E65" s="1" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="F65" s="1">
         <v>66003</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H65" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="E66" s="1"/>
       <c r="F66" s="1">
         <v>86000</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="F67" s="1">
         <v>29337</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>144</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="B68" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F68" s="1">
         <v>51724</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="H68" s="1" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B69" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="F69" s="1">
         <v>22041</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="H69" s="1" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="E70" s="1"/>
       <c r="F70" s="1">
         <v>33160</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="H70" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="1" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="F71" s="1">
         <v>44603</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="1" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B72" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="F72" s="1">
         <v>78154</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="H72" s="1" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B73" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E73" s="1"/>
       <c r="F73" s="1">
         <v>92330</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="B74" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D74" s="1" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="E74" s="1"/>
       <c r="F74" s="1">
         <v>34200</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B75" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="E75" s="1"/>
       <c r="F75" s="1">
         <v>83000</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B76" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="E76" s="1"/>
       <c r="F76" s="1">
         <v>26000</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="I76" s="1"/>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="1" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B77" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F77" s="1">
         <v>59301</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="E78" s="1"/>
       <c r="F78" s="1">
         <v>54500</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="H78" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="1" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="F79" s="1">
         <v>59653</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>