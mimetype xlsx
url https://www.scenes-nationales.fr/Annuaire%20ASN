--- v1 (2025-12-21)
+++ v2 (2026-02-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export annuaires" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="540">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="537">
   <si>
     <t>Nom de la Scène nationale</t>
   </si>
   <si>
     <t>Ville</t>
   </si>
   <si>
     <t>Direction 2</t>
   </si>
   <si>
     <t>Adresse postale</t>
   </si>
   <si>
     <t>Adresse postale (suite)</t>
   </si>
   <si>
     <t>Code postal</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Email administration</t>
   </si>
   <si>
@@ -107,51 +107,51 @@
   <si>
     <t>Olivier Lataste</t>
   </si>
   <si>
     <t>Square Pablo Neruda</t>
   </si>
   <si>
     <t>BP 216</t>
   </si>
   <si>
     <t>Alès Cedex</t>
   </si>
   <si>
     <t>Gard (30)</t>
   </si>
   <si>
     <t>info@lecratere.fr</t>
   </si>
   <si>
     <t>Maison de la Culture d'Amiens</t>
   </si>
   <si>
     <t>Amiens</t>
   </si>
   <si>
-    <t>Laurent Dréano</t>
+    <t>Romaric Daurier</t>
   </si>
   <si>
     <t>2, place Léon Gontier</t>
   </si>
   <si>
     <t>CS 60631</t>
   </si>
   <si>
     <t>Amiens Cedex 1</t>
   </si>
   <si>
     <t>Somme (80)</t>
   </si>
   <si>
     <t>accueil@mca-amiens.com</t>
   </si>
   <si>
     <t>Théâtre d'Angoulême Scène nationale</t>
   </si>
   <si>
     <t>Angoulême</t>
   </si>
   <si>
     <t>Sonia Kéchichian</t>
   </si>
@@ -281,51 +281,51 @@
   <si>
     <t>Scène nationale du Sud-Aquitain</t>
   </si>
   <si>
     <t>Bayonne</t>
   </si>
   <si>
     <t>Damien Godet</t>
   </si>
   <si>
     <t>1, rue Édouard-Ducéré</t>
   </si>
   <si>
     <t>Pyrénées-Atlantiques (64)</t>
   </si>
   <si>
     <t>contact@scenenationale.fr</t>
   </si>
   <si>
     <t>Théâtre du Beauvaisis - scène nationale</t>
   </si>
   <si>
     <t>Beauvais</t>
   </si>
   <si>
-    <t>Xavier Croci</t>
+    <t>Emma Buttin</t>
   </si>
   <si>
     <t>3, Place Georges Brassens</t>
   </si>
   <si>
     <t>Oise (60)</t>
   </si>
   <si>
     <t>GRRRANIT Scène nationale - Belfort</t>
   </si>
   <si>
     <t>Belfort</t>
   </si>
   <si>
     <t>Eleonora Rossi</t>
   </si>
   <si>
     <t>1, Faubourg de Montbéliard</t>
   </si>
   <si>
     <t>CS 20117</t>
   </si>
   <si>
     <t>Belfort Cedex</t>
   </si>
@@ -836,53 +836,50 @@
   <si>
     <t>Foix</t>
   </si>
   <si>
     <t>Carole Albanese</t>
   </si>
   <si>
     <t>20, avenue du Général de Gaulle</t>
   </si>
   <si>
     <t>09000</t>
   </si>
   <si>
     <t>Ariège (09)</t>
   </si>
   <si>
     <t>administration@lestive.com</t>
   </si>
   <si>
     <t>Le Carreau - Scène nationale de Forbach et de l'est Mosellan</t>
   </si>
   <si>
     <t>Forbach</t>
   </si>
   <si>
-    <t>Grégory  Cauvin</t>
-[...1 lines deleted...]
-  <si>
     <t>71 Avenue Saint-Rémy</t>
   </si>
   <si>
     <t>BP 40 190</t>
   </si>
   <si>
     <t>Forbach Cedex</t>
   </si>
   <si>
     <t>Moselle (57)</t>
   </si>
   <si>
     <t>direction.adjoint@carreau-forbach.com</t>
   </si>
   <si>
     <t>Tropiques Atrium - Scène nationale de Fort-de-France la Martinique</t>
   </si>
   <si>
     <t>Fort-de-France</t>
   </si>
   <si>
     <t>Manuel Césaire</t>
   </si>
   <si>
     <t>6, rue Jacques Cazotte</t>
@@ -1157,53 +1154,50 @@
   <si>
     <t>Marseille</t>
   </si>
   <si>
     <t>Francesca Poloniato-Maugein</t>
   </si>
   <si>
     <t>Avenue Raimu</t>
   </si>
   <si>
     <t>CS 70511</t>
   </si>
   <si>
     <t>Marseille Cedex 14</t>
   </si>
   <si>
     <t>Bouches-du-Rhône (13)</t>
   </si>
   <si>
     <t>Théâtre des Salins - Scène nationale de Martigues</t>
   </si>
   <si>
     <t>Martigues</t>
   </si>
   <si>
-    <t>Gilles Bouckaert</t>
-[...1 lines deleted...]
-  <si>
     <t>19, quai Paul Doumer</t>
   </si>
   <si>
     <t>administration@les-salins.net</t>
   </si>
   <si>
     <t>Manège Maubeuge</t>
   </si>
   <si>
     <t>Maubeuge</t>
   </si>
   <si>
     <t>Géraud Didier</t>
   </si>
   <si>
     <t>Rue de la Croix</t>
   </si>
   <si>
     <t>CS 10105</t>
   </si>
   <si>
     <t>Maubeuge Cedex</t>
   </si>
   <si>
     <t>billetterie@lemanege.com</t>
@@ -1277,51 +1271,51 @@
   <si>
     <t>Nantes Cedex 1</t>
   </si>
   <si>
     <t>Loire-Atlantique (44)</t>
   </si>
   <si>
     <t>info@lelieuunique.com</t>
   </si>
   <si>
     <t>Théâtre + Cinéma  Scène nationale Grand Narbonne</t>
   </si>
   <si>
     <t>Narbonne</t>
   </si>
   <si>
     <t>Fabien Bergès</t>
   </si>
   <si>
     <t>2, Avenue Maître Hubert Mouly</t>
   </si>
   <si>
     <t>Aude (11)</t>
   </si>
   <si>
-    <t>secretariat@letheatre-narbonne.com</t>
+    <t>secretariat@theatrenarbonne-narbonne.com</t>
   </si>
   <si>
     <t>Le Moulin du Roc - Scène nationale Niort</t>
   </si>
   <si>
     <t>Niort</t>
   </si>
   <si>
     <t>Fabien André</t>
   </si>
   <si>
     <t>9, boulevard Main</t>
   </si>
   <si>
     <t>CS 18555</t>
   </si>
   <si>
     <t>Niort Cedex 9</t>
   </si>
   <si>
     <t>Deux-Sèvres (79)</t>
   </si>
   <si>
     <t>contact@lemoulinduroc.fr</t>
   </si>
@@ -1578,53 +1572,50 @@
     <t>Var (83)</t>
   </si>
   <si>
     <t>info@chateauvallon-liberte.fr</t>
   </si>
   <si>
     <t>LUX Scène nationale</t>
   </si>
   <si>
     <t>Valence</t>
   </si>
   <si>
     <t>Catherine Rossi Batôt</t>
   </si>
   <si>
     <t>36, boulevard du Général de Gaulle</t>
   </si>
   <si>
     <t>Drôme (26)</t>
   </si>
   <si>
     <t>Le Phénix - Scène nationale Valenciennes Pôle international de production et de diffusion</t>
   </si>
   <si>
     <t>Valenciennes</t>
-  </si>
-[...1 lines deleted...]
-    <t>Romaric Daurier</t>
   </si>
   <si>
     <t>Boulevard Harpignies</t>
   </si>
   <si>
     <t>BP 39</t>
   </si>
   <si>
     <t>Valenciennes Cedex</t>
   </si>
   <si>
     <t>contact@lephenix.fr</t>
   </si>
   <si>
     <t>CCAM / Scène Nationale de Vandœuvre</t>
   </si>
   <si>
     <t>Vandœuvre-lès-Nancy</t>
   </si>
   <si>
     <t>Olivier Perry</t>
   </si>
   <si>
     <t>Esplanade Jack Ralite - Rue de Parme</t>
   </si>
@@ -3094,1180 +3085,1174 @@
       </c>
       <c r="D38" s="1" t="s">
         <v>268</v>
       </c>
       <c r="E38" s="1"/>
       <c r="F38" s="1" t="s">
         <v>269</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>266</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>270</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1" t="s">
         <v>272</v>
       </c>
       <c r="B39" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="C39" s="1" t="s">
+      <c r="C39" s="1"/>
+      <c r="D39" s="1" t="s">
         <v>274</v>
       </c>
-      <c r="D39" s="1" t="s">
+      <c r="E39" s="1" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="F39" s="1">
         <v>57603</v>
       </c>
       <c r="G39" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="H39" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="H39" s="1" t="s">
+      <c r="I39" s="1" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="B40" s="1" t="s">
         <v>280</v>
       </c>
-      <c r="B40" s="1" t="s">
+      <c r="C40" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="C40" s="1" t="s">
+      <c r="D40" s="1" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
       <c r="E40" s="1"/>
       <c r="F40" s="1">
         <v>97200</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="H40" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="I40" s="1" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="B41" s="1" t="s">
         <v>286</v>
       </c>
-      <c r="B41" s="1" t="s">
+      <c r="C41" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="D41" s="1" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="E41" s="1"/>
       <c r="F41" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="H41" s="1" t="s">
         <v>290</v>
       </c>
-      <c r="G41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="H41" s="1" t="s">
+      <c r="I41" s="1" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="B42" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="B42" s="1" t="s">
+      <c r="C42" s="1" t="s">
         <v>294</v>
       </c>
-      <c r="C42" s="1" t="s">
+      <c r="D42" s="1" t="s">
         <v>295</v>
       </c>
-      <c r="D42" s="1" t="s">
+      <c r="E42" s="1" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="F42" s="1">
         <v>38034</v>
       </c>
       <c r="G42" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H42" s="1" t="s">
         <v>298</v>
       </c>
-      <c r="H42" s="1" t="s">
+      <c r="I42" s="1" t="s">
         <v>299</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="B43" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="B43" s="1" t="s">
+      <c r="C43" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="C43" s="1" t="s">
+      <c r="D43" s="1" t="s">
         <v>303</v>
       </c>
-      <c r="D43" s="1" t="s">
+      <c r="E43" s="1" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="F43" s="1">
         <v>65421</v>
       </c>
       <c r="G43" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H43" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="H43" s="1" t="s">
+      <c r="I43" s="1" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="B44" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="B44" s="1" t="s">
+      <c r="C44" s="1" t="s">
         <v>310</v>
       </c>
-      <c r="C44" s="1" t="s">
+      <c r="D44" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="D44" s="1" t="s">
+      <c r="E44" s="1" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="F44" s="1">
         <v>85000</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>310</v>
+        <v>309</v>
       </c>
       <c r="H44" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="I44" s="1" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="B45" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="B45" s="1" t="s">
+      <c r="C45" s="1" t="s">
         <v>317</v>
       </c>
-      <c r="C45" s="1" t="s">
+      <c r="D45" s="1" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="E45" s="1"/>
       <c r="F45" s="1">
         <v>17025</v>
       </c>
       <c r="G45" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="H45" s="1" t="s">
         <v>320</v>
       </c>
-      <c r="H45" s="1" t="s">
+      <c r="I45" s="1" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1" t="s">
+        <v>322</v>
+      </c>
+      <c r="B46" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="B46" s="1" t="s">
+      <c r="C46" s="1" t="s">
         <v>324</v>
       </c>
-      <c r="C46" s="1" t="s">
+      <c r="D46" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="D46" s="1" t="s">
+      <c r="E46" s="1" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="F46" s="1">
         <v>71201</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>179</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="B47" s="1" t="s">
         <v>330</v>
       </c>
-      <c r="B47" s="1" t="s">
+      <c r="C47" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="D47" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="D47" s="1" t="s">
+      <c r="E47" s="1" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="F47" s="1">
         <v>76063</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>243</v>
       </c>
       <c r="I47" s="1"/>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="B48" s="1" t="s">
         <v>336</v>
       </c>
-      <c r="B48" s="1" t="s">
+      <c r="C48" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="C48" s="1" t="s">
+      <c r="D48" s="1" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>339</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1">
         <v>72000</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="H48" s="1" t="s">
+        <v>339</v>
+      </c>
+      <c r="I48" s="1" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="B49" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="B49" s="1" t="s">
+      <c r="C49" s="1" t="s">
         <v>343</v>
       </c>
-      <c r="C49" s="1" t="s">
+      <c r="D49" s="1" t="s">
         <v>344</v>
       </c>
-      <c r="D49" s="1" t="s">
+      <c r="E49" s="1" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="F49" s="1">
         <v>77127</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="H49" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="I49" s="1" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="B50" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="B50" s="1" t="s">
+      <c r="C50" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="C50" s="1" t="s">
+      <c r="D50" s="1" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>352</v>
       </c>
       <c r="E50" s="1"/>
       <c r="F50" s="1">
         <v>39000</v>
       </c>
       <c r="G50" s="1" t="s">
+        <v>352</v>
+      </c>
+      <c r="H50" s="1" t="s">
         <v>353</v>
       </c>
-      <c r="H50" s="1" t="s">
+      <c r="I50" s="1" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="B51" s="1" t="s">
         <v>356</v>
       </c>
-      <c r="B51" s="1" t="s">
+      <c r="C51" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="D51" s="1" t="s">
+      <c r="E51" s="1" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="F51" s="1">
         <v>62750</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>357</v>
+        <v>356</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>156</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="B52" s="1" t="s">
         <v>362</v>
       </c>
-      <c r="B52" s="1" t="s">
+      <c r="C52" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" s="1" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
       <c r="E52" s="1"/>
       <c r="F52" s="1">
         <v>71000</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>179</v>
       </c>
       <c r="I52" s="1"/>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="B53" s="1" t="s">
         <v>366</v>
       </c>
-      <c r="B53" s="1" t="s">
+      <c r="C53" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" s="1" t="s">
         <v>368</v>
-      </c>
-[...1 lines deleted...]
-        <v>369</v>
       </c>
       <c r="E53" s="1"/>
       <c r="F53" s="1">
         <v>92240</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="H53" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="I53" s="1" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="B54" s="1" t="s">
         <v>372</v>
       </c>
-      <c r="B54" s="1" t="s">
+      <c r="C54" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="C54" s="1" t="s">
+      <c r="D54" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="D54" s="1" t="s">
+      <c r="E54" s="1" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="F54" s="1">
         <v>13311</v>
       </c>
       <c r="G54" s="1" t="s">
+        <v>376</v>
+      </c>
+      <c r="H54" s="1" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
       <c r="I54" s="1"/>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1" t="s">
+        <v>378</v>
+      </c>
+      <c r="B55" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="C55" s="1"/>
+      <c r="D55" s="1" t="s">
         <v>380</v>
-      </c>
-[...4 lines deleted...]
-        <v>382</v>
       </c>
       <c r="E55" s="1"/>
       <c r="F55" s="1">
         <v>13500</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="H55" s="1" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="C56" s="1" t="s">
         <v>384</v>
       </c>
-      <c r="B56" s="1" t="s">
+      <c r="D56" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="C56" s="1" t="s">
+      <c r="E56" s="1" t="s">
         <v>386</v>
-      </c>
-[...4 lines deleted...]
-        <v>388</v>
       </c>
       <c r="F56" s="1">
         <v>59602</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="C57" s="1" t="s">
         <v>391</v>
       </c>
-      <c r="B57" s="1" t="s">
+      <c r="D57" s="1" t="s">
         <v>392</v>
-      </c>
-[...4 lines deleted...]
-        <v>394</v>
       </c>
       <c r="E57" s="1"/>
       <c r="F57" s="1">
         <v>38240</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="H57" s="1" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="1" t="s">
+        <v>394</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="B58" s="1" t="s">
+      <c r="D58" s="1" t="s">
         <v>397</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="E58" s="1" t="s">
         <v>398</v>
-      </c>
-[...4 lines deleted...]
-        <v>400</v>
       </c>
       <c r="F58" s="1">
         <v>25200</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>106</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="B59" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>402</v>
       </c>
-      <c r="B59" s="1" t="s">
+      <c r="D59" s="1" t="s">
         <v>403</v>
-      </c>
-[...4 lines deleted...]
-        <v>405</v>
       </c>
       <c r="E59" s="1"/>
       <c r="F59" s="1">
         <v>68090</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="H59" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="I59" s="1"/>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="B60" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>408</v>
       </c>
-      <c r="B60" s="1" t="s">
+      <c r="D60" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="E60" s="1" t="s">
         <v>410</v>
-      </c>
-[...4 lines deleted...]
-        <v>412</v>
       </c>
       <c r="F60" s="1">
         <v>44013</v>
       </c>
       <c r="G60" s="1" t="s">
+        <v>411</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="I60" s="1" t="s">
         <v>413</v>
-      </c>
-[...4 lines deleted...]
-        <v>415</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61" s="1" t="s">
+        <v>414</v>
+      </c>
+      <c r="B61" s="1" t="s">
+        <v>415</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>416</v>
       </c>
-      <c r="B61" s="1" t="s">
+      <c r="D61" s="1" t="s">
         <v>417</v>
-      </c>
-[...4 lines deleted...]
-        <v>419</v>
       </c>
       <c r="E61" s="1"/>
       <c r="F61" s="1">
         <v>11100</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="H61" s="1" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="B62" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>422</v>
       </c>
-      <c r="B62" s="1" t="s">
+      <c r="D62" s="1" t="s">
         <v>423</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="E62" s="1" t="s">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>426</v>
       </c>
       <c r="F62" s="1">
         <v>79025</v>
       </c>
       <c r="G62" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="I62" s="1" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="B63" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="C63" s="1" t="s">
         <v>430</v>
       </c>
-      <c r="B63" s="1" t="s">
+      <c r="D63" s="1" t="s">
         <v>431</v>
-      </c>
-[...4 lines deleted...]
-        <v>433</v>
       </c>
       <c r="E63" s="1"/>
       <c r="F63" s="1">
         <v>77186</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="H63" s="1" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="B64" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="C64" s="1" t="s">
         <v>435</v>
       </c>
-      <c r="B64" s="1" t="s">
+      <c r="D64" s="1" t="s">
         <v>436</v>
-      </c>
-[...4 lines deleted...]
-        <v>438</v>
       </c>
       <c r="E64" s="1"/>
       <c r="F64" s="1">
         <v>45000</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="H64" s="1" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="B65" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="C65" s="1" t="s">
         <v>441</v>
       </c>
-      <c r="B65" s="1" t="s">
+      <c r="D65" s="1" t="s">
         <v>442</v>
       </c>
-      <c r="C65" s="1" t="s">
+      <c r="E65" s="1" t="s">
         <v>443</v>
-      </c>
-[...4 lines deleted...]
-        <v>445</v>
       </c>
       <c r="F65" s="1">
         <v>66003</v>
       </c>
       <c r="G65" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="I65" s="1" t="s">
         <v>446</v>
-      </c>
-[...4 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="B66" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="B66" s="1" t="s">
+      <c r="D66" s="1" t="s">
         <v>450</v>
-      </c>
-[...4 lines deleted...]
-        <v>452</v>
       </c>
       <c r="E66" s="1"/>
       <c r="F66" s="1">
         <v>86000</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="H66" s="1" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="B67" s="1" t="s">
+        <v>454</v>
+      </c>
+      <c r="C67" s="1" t="s">
         <v>455</v>
       </c>
-      <c r="B67" s="1" t="s">
+      <c r="D67" s="1" t="s">
         <v>456</v>
       </c>
-      <c r="C67" s="1" t="s">
+      <c r="E67" s="1" t="s">
         <v>457</v>
-      </c>
-[...4 lines deleted...]
-        <v>459</v>
       </c>
       <c r="F67" s="1">
         <v>29337</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>144</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="1" t="s">
+        <v>460</v>
+      </c>
+      <c r="B68" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>462</v>
       </c>
-      <c r="B68" s="1" t="s">
+      <c r="D68" s="1" t="s">
         <v>463</v>
       </c>
-      <c r="C68" s="1" t="s">
+      <c r="E68" s="1" t="s">
         <v>464</v>
-      </c>
-[...4 lines deleted...]
-        <v>466</v>
       </c>
       <c r="F68" s="1">
         <v>51724</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>185</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="B69" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="C69" s="1" t="s">
         <v>469</v>
       </c>
-      <c r="B69" s="1" t="s">
+      <c r="D69" s="1" t="s">
         <v>470</v>
       </c>
-      <c r="C69" s="1" t="s">
+      <c r="E69" s="1" t="s">
         <v>471</v>
-      </c>
-[...4 lines deleted...]
-        <v>473</v>
       </c>
       <c r="F69" s="1">
         <v>22041</v>
       </c>
       <c r="G69" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H69" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>474</v>
-      </c>
-[...4 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="B70" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C70" s="1" t="s">
         <v>477</v>
       </c>
-      <c r="B70" s="1" t="s">
+      <c r="D70" s="1" t="s">
         <v>478</v>
-      </c>
-[...4 lines deleted...]
-        <v>480</v>
       </c>
       <c r="E70" s="1"/>
       <c r="F70" s="1">
         <v>33160</v>
       </c>
       <c r="G70" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="H70" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="I70" s="1" t="s">
         <v>481</v>
-      </c>
-[...4 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="B71" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="C71" s="1" t="s">
         <v>484</v>
       </c>
-      <c r="B71" s="1" t="s">
+      <c r="D71" s="1" t="s">
         <v>485</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="E71" s="1" t="s">
         <v>486</v>
-      </c>
-[...4 lines deleted...]
-        <v>488</v>
       </c>
       <c r="F71" s="1">
         <v>44603</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>485</v>
+        <v>483</v>
       </c>
       <c r="H71" s="1" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="B72" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="C72" s="1" t="s">
         <v>490</v>
       </c>
-      <c r="B72" s="1" t="s">
+      <c r="D72" s="1" t="s">
         <v>491</v>
       </c>
-      <c r="C72" s="1" t="s">
+      <c r="E72" s="1" t="s">
         <v>492</v>
-      </c>
-[...4 lines deleted...]
-        <v>494</v>
       </c>
       <c r="F72" s="1">
         <v>78154</v>
       </c>
       <c r="G72" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="H72" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="I72" s="1" t="s">
         <v>495</v>
-      </c>
-[...4 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="B73" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="C73" s="1" t="s">
         <v>498</v>
       </c>
-      <c r="B73" s="1" t="s">
+      <c r="D73" s="1" t="s">
         <v>499</v>
-      </c>
-[...4 lines deleted...]
-        <v>501</v>
       </c>
       <c r="E73" s="1"/>
       <c r="F73" s="1">
         <v>92330</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="H73" s="1" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="B74" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>503</v>
       </c>
-      <c r="B74" s="1" t="s">
+      <c r="D74" s="1" t="s">
         <v>504</v>
-      </c>
-[...4 lines deleted...]
-        <v>506</v>
       </c>
       <c r="E74" s="1"/>
       <c r="F74" s="1">
         <v>34200</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="H74" s="1" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="B75" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>509</v>
       </c>
-      <c r="B75" s="1" t="s">
+      <c r="D75" s="1" t="s">
         <v>510</v>
-      </c>
-[...4 lines deleted...]
-        <v>512</v>
       </c>
       <c r="E75" s="1"/>
       <c r="F75" s="1">
         <v>83000</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="H75" s="1" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="B76" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>515</v>
       </c>
-      <c r="B76" s="1" t="s">
+      <c r="D76" s="1" t="s">
         <v>516</v>
-      </c>
-[...4 lines deleted...]
-        <v>518</v>
       </c>
       <c r="E76" s="1"/>
       <c r="F76" s="1">
         <v>26000</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="H76" s="1" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="I76" s="1"/>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="B77" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="C77" s="1"/>
+      <c r="D77" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="B77" s="1" t="s">
+      <c r="E77" s="1" t="s">
         <v>521</v>
-      </c>
-[...7 lines deleted...]
-        <v>524</v>
       </c>
       <c r="F77" s="1">
         <v>59301</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="H77" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="B78" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="C78" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="D78" s="1" t="s">
         <v>527</v>
-      </c>
-[...7 lines deleted...]
-        <v>530</v>
       </c>
       <c r="E78" s="1"/>
       <c r="F78" s="1">
         <v>54500</v>
       </c>
       <c r="G78" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H78" s="1" t="s">
         <v>528</v>
       </c>
-      <c r="H78" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I78" s="1" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="B79" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="C79" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="D79" s="1" t="s">
         <v>533</v>
       </c>
-      <c r="B79" s="1" t="s">
+      <c r="E79" s="1" t="s">
         <v>534</v>
-      </c>
-[...7 lines deleted...]
-        <v>537</v>
       </c>
       <c r="F79" s="1">
         <v>59653</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>538</v>
+        <v>535</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>58</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>539</v>
+        <v>536</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>